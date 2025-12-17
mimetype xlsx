--- v0 (2025-10-20)
+++ v1 (2025-12-17)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="42">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 13 projects you must log in.</t>
+    <t>To see the remaining 15 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -69,54 +69,54 @@
   <si>
     <t>start_month</t>
   </si>
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/en/project/dning-skageasen-med-retningsstyrt-boring-2023-1461-502782040</t>
-[...2 lines deleted...]
-    <t>Overvannsledning Skageåsen med retningsstyrt boring (2023/1461)</t>
+    <t>https://www.buildpilot.com/en/project/overvannstiltak-skageasen-2023-2025-502782040</t>
+  </si>
+  <si>
+    <t>Overvannstiltak Skageåsen 2023-2025</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Skage I Namdalen</t>
   </si>
   <si>
     <t>Vann- og avløpsanlegg</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Anbudsprosess</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Utførelsesentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ing-av-svalivegen-fra-litl-til-amdalvegen-2025-840-617568772</t>
   </si>
@@ -483,51 +483,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/dning-skageasen-med-retningsstyrt-boring-2023-1461-502782040" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/ing-av-svalivegen-fra-litl-til-amdalvegen-2025-840-617568772" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/ta-sportsskytebane-utvikling-og-regulering-2024002-317796084" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/vannledning-langmyr-hammerkorsen-2025-833477987" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/vannledning-fra-skogmo-til-bjornes-industriomrade-197235304" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/overvannstiltak-skageasen-2023-2025-502782040" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/ing-av-svalivegen-fra-litl-til-amdalvegen-2025-840-617568772" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/ta-sportsskytebane-utvikling-og-regulering-2024002-317796084" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/vannledning-langmyr-hammerkorsen-2025-833477987" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/vannledning-fra-skogmo-til-bjornes-industriomrade-197235304" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -580,63 +580,63 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="K5">
         <v>2026</v>
       </c>
       <c r="L5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M5">
-        <v>2600000</v>
+        <v>3000000</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">