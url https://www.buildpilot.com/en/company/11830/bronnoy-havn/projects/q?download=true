--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/innredningsarbeider-bronnoy-havnebygg-502407576</t>
   </si>
   <si>
     <t>Innredningsarbeider Brønnøy Havnebygg</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Brønnøysund</t>
   </si>
   <si>
     <t>Havner</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/innredningsarbeider-nytt-havnebygg-666932465</t>
   </si>
   <si>
     <t>Nytt Havnebygg Innredningsprosjekt</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nytt-havnebygg-bronnoysund-4-etasjer-502810307</t>
   </si>
   <si>
     <t>Nytt havnebygg Brønnøysund 4 etasjer</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>