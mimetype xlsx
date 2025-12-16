--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -99,75 +99,75 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Barnehager</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/en/project/stovner-bad-og-bydelsbad-nytt-moderne-badeanlegg-718068883</t>
-[...2 lines deleted...]
-    <t>Stovner Bad og Bydelsbad - Nytt Moderne Badeanlegg</t>
+    <t>https://www.buildpilot.com/en/project/stovner-bad-bydelsbadeanlegg-og-utvikling-718068883</t>
+  </si>
+  <si>
+    <t>Stovner Bad - Bydelsbadeanlegg og Utvikling</t>
   </si>
   <si>
     <t>Svømmehaller</t>
   </si>
   <si>
     <t>93 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/borgeskogen-postterminal-255573887</t>
   </si>
   <si>
     <t>Borgeskogen Postterminal</t>
   </si>
   <si>
     <t>Stokke</t>
   </si>
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
-    <t>Utvidelse</t>
+    <t>Tilbygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/oppgradering-av-sundlandveien-med-va-el-og-vei-324078921</t>
   </si>
   <si>
     <t>Oppgradering av Sundlandveien med VA, EL og vei</t>
   </si>
   <si>
     <t>Drammen</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/rdoyvegen-fastlandsforbindelsen-utbyggingsprosjekt-754569695</t>
   </si>
   <si>
     <t>Fv659 Nordøyvegen Fastlandsforbindelsen Utbyggingsprosjekt</t>
   </si>
   <si>
     <t>Søvik</t>
   </si>
@@ -498,51 +498,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/asjon-og-oppgradering-gladeng-malerhaug-barnehager-981326356" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/stovner-bad-og-bydelsbad-nytt-moderne-badeanlegg-718068883" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/borgeskogen-postterminal-255573887" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/oppgradering-av-sundlandveien-med-va-el-og-vei-324078921" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/rdoyvegen-fastlandsforbindelsen-utbyggingsprosjekt-754569695" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/asjon-og-oppgradering-gladeng-malerhaug-barnehager-981326356" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/stovner-bad-bydelsbadeanlegg-og-utvikling-718068883" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/borgeskogen-postterminal-255573887" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/oppgradering-av-sundlandveien-med-va-el-og-vei-324078921" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/rdoyvegen-fastlandsforbindelsen-utbyggingsprosjekt-754569695" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -698,66 +698,66 @@
       <c r="A7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J7">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>18164</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>41</v>
       </c>
       <c r="E8" t="s">
         <v>42</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8" t="s">