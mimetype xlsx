--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -84,105 +84,105 @@
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/prosjekt-sorkedalsveien-6-280925180</t>
   </si>
   <si>
     <t>Prosjekt Sørkedalsveien 6</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
-    <t>Ombygging</t>
+    <t>Rehabilitering</t>
+  </si>
+  <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
+    <t>Awarded/contracted</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/erosjonssikring-lysakerelva-22029-01-732504415</t>
+  </si>
+  <si>
+    <t>Erosjonssikring Lysakerelva (22029-01)</t>
+  </si>
+  <si>
+    <t>Gravearbeider</t>
+  </si>
+  <si>
+    <t>Byggeforberedelser</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/oppgradering-av-akersgata-sykkelgate-og-fortau-329453217</t>
+  </si>
+  <si>
+    <t>Oppgradering av Akersgata - Sykkelgate og Fortau</t>
+  </si>
+  <si>
+    <t>Veier</t>
+  </si>
+  <si>
+    <t>Renovering</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/ilgjengelighetsforbedringer-ved-oslo-radhus-5-5046-873710318</t>
+  </si>
+  <si>
+    <t>Tilgjengelighetsforbedringer ved Oslo Rådhus (5-5046)</t>
+  </si>
+  <si>
+    <t>Rådhus og kommunale bygninger</t>
+  </si>
+  <si>
+    <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
-    <t>Awarded/contracted</t>
-[...37 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/en/project/vannoppsamlingsmagasin-i-bakerenga-park-721976217</t>
   </si>
   <si>
     <t>Vannoppsamlingsmagasin i Bakerenga park</t>
   </si>
   <si>
     <t>Vann- og avløpsanlegg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ferdig bygd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -586,176 +586,179 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2023</v>
       </c>
       <c r="P5">
-        <v>15509</v>
+        <v>21000</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7">
         <v>7</v>
       </c>
+      <c r="K7">
+        <v>2025</v>
+      </c>
+      <c r="L7">
+        <v>11</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9">
         <v>8</v>
       </c>
       <c r="K9">
         <v>2024</v>
       </c>
       <c r="L9">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>