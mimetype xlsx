--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -150,51 +150,51 @@
   <si>
     <t>https://www.buildpilot.com/en/project/smedstad-eigedom-utbygging-903994164</t>
   </si>
   <si>
     <t>Smedstad Eigedom Utbygging</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>37 900 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/fellesmagasin-musea-i-sogn-og-fjordane-609320712</t>
   </si>
   <si>
     <t>Fellesmagasin Musea i Sogn og Fjordane</t>
   </si>
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
-    <t>23 500 NOK/kvm</t>
+    <t>29 200 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -795,51 +795,51 @@
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>45</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9">
         <v>12</v>
       </c>
       <c r="M9">
-        <v>61000000</v>
+        <v>76000000</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
         <v>2600</v>
       </c>
       <c r="Q9" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>