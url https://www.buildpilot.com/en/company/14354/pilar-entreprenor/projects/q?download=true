--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nybygg-bolig-og-tjenestebygg-petersborggata-7a-683191922</t>
   </si>
   <si>
     <t>Nybygg bolig- og tjenestebygg, Petersborggata 7A</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Tromsø</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/leilighetsprosjektet-fram-660251923</t>
   </si>
   <si>
     <t>Leilighetsprosjektet Fram</t>
   </si>
   <si>
     <t>Kombinasjonsbygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/moderne-settefiskanlegg-i-karlsoy-104978178</t>
   </si>
   <si>
     <t>Moderne Settefiskanlegg i Karlsøy</t>
   </si>
@@ -582,50 +582,53 @@
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
         <v>11</v>
       </c>
+      <c r="P5">
+        <v>3687</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>