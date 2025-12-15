--- v0 (2025-10-12)
+++ v1 (2025-12-15)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="50">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 66 projects you must log in.</t>
+    <t>To see the remaining 67 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -102,69 +102,69 @@
   <si>
     <t>Hyen</t>
   </si>
   <si>
     <t>Grunnskoler</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>91 400 NOK/kvm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/en/project/gjenoppforing-av-nordkjosbotn-skole-1-10-trinn-867324708</t>
-[...2 lines deleted...]
-    <t>Gjenoppføring av Nordkjosbotn skole 1-10 trinn</t>
+    <t>https://www.buildpilot.com/en/project/noppbygging-av-nordkjosbotn-skole-etter-brann-2024-867324708</t>
+  </si>
+  <si>
+    <t>Gjenoppbygging av Nordkjosbotn skole etter brann 2024</t>
   </si>
   <si>
     <t>Nordkjosbotn</t>
   </si>
   <si>
-    <t>Anbudsprosess</t>
-[...8 lines deleted...]
-    <t>Nye Komsa skole - Natur og innovasjon</t>
+    <t>Bygging</t>
+  </si>
+  <si>
+    <t>24 900 NOK/kvm</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/nye-komsa-skole-barneskole-med-naturfokus-224711338</t>
+  </si>
+  <si>
+    <t>Nye Komsa skole - Barneskole med naturfokus</t>
   </si>
   <si>
     <t>Alta</t>
   </si>
   <si>
     <t>Tidlig planlegging</t>
   </si>
   <si>
     <t>Totalentreprise med samspill</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/njords-hage-haslum-337189946</t>
   </si>
   <si>
     <t>Njords Hage - Haslum</t>
   </si>
   <si>
     <t>Haslum</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/asade-og-bruksendring-flermannsbolig-sexes-gate-5a-675978004</t>
   </si>
@@ -507,51 +507,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/nye-hyen-skule-baerekraftig-og-moderne-skolebygg-355733605" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/gjenoppforing-av-nordkjosbotn-skole-1-10-trinn-867324708" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/nye-komsa-skole-natur-og-innovasjon-224711338" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/njords-hage-haslum-337189946" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/asade-og-bruksendring-flermannsbolig-sexes-gate-5a-675978004" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/nye-hyen-skule-baerekraftig-og-moderne-skolebygg-355733605" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/noppbygging-av-nordkjosbotn-skole-etter-brann-2024-867324708" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/nye-komsa-skole-barneskole-med-naturfokus-224711338" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/njords-hage-haslum-337189946" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/asade-og-bruksendring-flermannsbolig-sexes-gate-5a-675978004" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -663,60 +663,60 @@
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="K6">
         <v>2027</v>
       </c>
       <c r="L6">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="M6">
-        <v>85000000</v>
+        <v>62969865</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
         <v>2525</v>
       </c>
       <c r="Q6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">