--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -111,63 +111,63 @@
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>50 000 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/langebruvegen-23-25-boligkompleks-956168065</t>
   </si>
   <si>
     <t>Langebruvegen 23-25 Boligkompleks</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
-    <t>364 800 NOK/kvm</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/en/project/nytt-museumsbygg-for-holvikjekta-pa-sandane-385732398</t>
   </si>
   <si>
     <t>Nytt museumsbygg for Holvikjekta på Sandane</t>
   </si>
   <si>
     <t>Sandane</t>
   </si>
   <si>
     <t>Museer</t>
+  </si>
+  <si>
+    <t>50 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/smedstad-eigedom-utbygging-903994164</t>
   </si>
   <si>
     <t>Smedstad Eigedom Utbygging</t>
   </si>
   <si>
     <t>37 900 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/lindhagen-prosjekt-995633332</t>
   </si>
   <si>
     <t>Lindhagen Prosjekt</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -647,108 +647,108 @@
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6">
         <v>10</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>9</v>
       </c>
-      <c r="M6">
-[...4 lines deleted...]
-      </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>795</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>8010</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7">
         <v>5</v>
       </c>
       <c r="K7">
         <v>2025</v>
       </c>
       <c r="L7">
         <v>6</v>
       </c>
+      <c r="M7">
+        <v>45000000</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
         <v>900</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">