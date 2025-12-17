--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -700,51 +700,51 @@
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2026</v>
       </c>
       <c r="J8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K8">
         <v>2025</v>
       </c>
       <c r="L8">
         <v>1</v>
       </c>
       <c r="P8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">