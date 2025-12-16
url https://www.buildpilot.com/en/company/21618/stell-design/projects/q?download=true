--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -550,57 +550,57 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="K5">
         <v>2026</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M5">
         <v>170000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>930000</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 