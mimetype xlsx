--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="38">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 66 projects you must log in.</t>
+    <t>To see the remaining 68 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -105,51 +105,51 @@
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/lofterod-naeringsomrade-industribygg-320563073</t>
   </si>
   <si>
     <t>Lofterød Næringsområde Industribygg</t>
   </si>
   <si>
     <t>Nøtterøy</t>
   </si>
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ruksendring-eikveien-105-for-skoleavdeling-kb-4745-258089877</t>
   </si>
   <si>
     <t>Bruksendring Eikveien 105 for skoleavdeling (KB 4745)</t>
   </si>
   <si>
     <t>Tønsberg</t>
   </si>
   <si>
     <t>Videregående skoler</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Tidlig planlegging</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -609,92 +609,92 @@
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>25</v>
       </c>
       <c r="I6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="P6">
-        <v>6419</v>
+        <v>344</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>25</v>
       </c>
       <c r="I7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="P7">
-        <v>6419</v>
+        <v>344</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">