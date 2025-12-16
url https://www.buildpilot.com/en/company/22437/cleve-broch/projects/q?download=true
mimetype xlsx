--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="44">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 6 projects you must log in.</t>
+    <t>To see the remaining 8 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -674,51 +674,51 @@
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7">
         <v>10</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="P7">
         <v>426</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
         <v>40</v>
       </c>
       <c r="G8" t="s">