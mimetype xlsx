--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="39">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining 3 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -118,53 +118,50 @@
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/evanghaven-leilighetskompleks-hus-b-496486805</t>
   </si>
   <si>
     <t>Evanghaven Leilighetskompleks, Hus B</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/evanghaven-hus-c-665570402</t>
   </si>
   <si>
     <t>Evanghaven Hus C</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/rekkehus-nybygg-i-granlygrenda-skiringssalveien-37-747619457</t>
   </si>
   <si>
     <t>Rekkehus nybygg i Granlygrenda - Skiringssalveien 37</t>
   </si>
   <si>
     <t>Sandefjord</t>
   </si>
   <si>
     <t>Eneboliger</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/gg-boligprosjekt-i-kloverhagen-og-melbysaetervegen-745476701</t>
   </si>
   <si>
     <t>Nybygg boligprosjekt i Kløverhagen og Melbysætervegen</t>
   </si>
   <si>
     <t>Nannestad</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -694,92 +691,92 @@
       </c>
       <c r="O7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2023</v>
       </c>
       <c r="J8">
         <v>11</v>
       </c>
       <c r="K8">
         <v>2025</v>
       </c>
       <c r="L8">
         <v>1</v>
       </c>
       <c r="O8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>35</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9">
         <v>3</v>
       </c>
       <c r="K9">
         <v>2024</v>
       </c>
       <c r="L9">
         <v>8</v>
       </c>
       <c r="O9" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>