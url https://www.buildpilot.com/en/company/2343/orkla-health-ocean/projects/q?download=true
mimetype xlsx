--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -550,51 +550,51 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="K5">
         <v>2024</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="I6">