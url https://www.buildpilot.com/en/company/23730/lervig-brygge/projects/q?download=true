--- v0 (2025-10-13)
+++ v1 (2025-12-17)
@@ -69,93 +69,93 @@
   <si>
     <t>start_month</t>
   </si>
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/en/project/igbrygga-bolig-med-sjopromenade-og-parkering-2485p-530327432</t>
-[...2 lines deleted...]
-    <t>Lervigbrygga bolig med sjøpromenade og parkering (2485P)</t>
+    <t>https://www.buildpilot.com/en/project/lervigbrygga-bolig-og-naeringsutvikling-2485p-530327432</t>
+  </si>
+  <si>
+    <t>Lervigbrygga bolig- og næringsutvikling (2485P)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Stavanger</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/lervig-brygge-epletunet-rekkehusbygging-665561906</t>
   </si>
   <si>
     <t>Lervig Brygge Epletunet Rekkehusbygging</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/altunet-boligblokker-d3-d9-og-d10-pa-lervig-brygge-945420217</t>
   </si>
   <si>
     <t>Kanaltunet boligblokker D3, D9 og D10 på Lervig Brygge</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
-    <t>35 900 NOK/kvm</t>
+    <t>31 400 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/lervig-brygge-sjotunet-leilighetskompleks-766448501</t>
   </si>
   <si>
     <t>Lervig Brygge Sjøtunet Leilighetskompleks</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nybygg-av-flermannsboliger-domkirkeplassen-1-379593767</t>
   </si>
   <si>
     <t>Nybygg av flermannsboliger - Domkirkeplassen 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -471,51 +471,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/igbrygga-bolig-med-sjopromenade-og-parkering-2485p-530327432" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/lervig-brygge-epletunet-rekkehusbygging-665561906" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/altunet-boligblokker-d3-d9-og-d10-pa-lervig-brygge-945420217" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/lervig-brygge-sjotunet-leilighetskompleks-766448501" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/nybygg-av-flermannsboliger-domkirkeplassen-1-379593767" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/lervigbrygga-bolig-og-naeringsutvikling-2485p-530327432" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/lervig-brygge-epletunet-rekkehusbygging-665561906" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/altunet-boligblokker-d3-d9-og-d10-pa-lervig-brygge-945420217" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/lervig-brygge-sjotunet-leilighetskompleks-766448501" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/nybygg-av-flermannsboliger-domkirkeplassen-1-379593767" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -568,57 +568,54 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>2019</v>
       </c>
       <c r="P5">
-        <v>43935</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="I6">
@@ -632,72 +629,72 @@
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="I7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K7">
         <v>2025</v>
       </c>
       <c r="L7">
         <v>7</v>
       </c>
       <c r="M7">
         <v>276000000</v>
       </c>
       <c r="N7" t="s">
         <v>32</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7">
-        <v>7680</v>
+        <v>8794</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">