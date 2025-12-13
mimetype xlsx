--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -150,51 +150,51 @@
   <si>
     <t>https://www.buildpilot.com/en/project/fasadeendring-og-ventilasjonsanlegg-urtegata-6b-676201566</t>
   </si>
   <si>
     <t>Fasadeendring og Ventilasjonsanlegg Urtegata 6B</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
   <si>
     <t>Renovering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ing-av-betongkonstruksjon-i-kvaernerbyen-201206807-712910258</t>
   </si>
   <si>
     <t>Riving av betongkonstruksjon i Kværnerbyen (201206807)</t>
   </si>
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
     <t>Riving</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Byggeforberedelser</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>