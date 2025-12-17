--- v0 (2025-10-22)
+++ v1 (2025-12-17)
@@ -117,66 +117,66 @@
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>56 800 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/namsos-forretningsbygg-i-spillum-212171932</t>
   </si>
   <si>
     <t>Namsos Forretningsbygg i Spillum</t>
   </si>
   <si>
     <t>Spillum</t>
   </si>
   <si>
     <t>Butikker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
     <t>Delt entreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ilighetsbygg-med-moderne-energieffektive-losninger-890600214</t>
   </si>
   <si>
     <t>Steinberget Leilighetsbygg med moderne energieffektive løsninger</t>
   </si>
   <si>
     <t>Rørvik</t>
   </si>
   <si>
     <t>Boligblokker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ferdig bygd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -627,95 +627,95 @@
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6">
         <v>3</v>
       </c>
       <c r="K6">
         <v>2023</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="O6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P6">
         <v>2000</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>