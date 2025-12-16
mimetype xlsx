--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -606,51 +606,54 @@
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>1300</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="P7">