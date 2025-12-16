--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -126,51 +126,51 @@
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/boligutbygging-kulpveien-fase-2-666178356</t>
   </si>
   <si>
     <t>Boligutbygging Kulpveien Fase 2</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/johagen-brygge-rekkehus-bks1-og-leilighetsbygg-b1b-389889287</t>
   </si>
   <si>
     <t>Sjøhagen Brygge: Rekkehus BKS1 og Leilighetsbygg B1b</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/sjohagen-brygge-trinn-2-708074427</t>
   </si>
   <si>
     <t>Sjøhagen Brygge Trinn 2</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>