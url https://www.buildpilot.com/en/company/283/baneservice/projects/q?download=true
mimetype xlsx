--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -105,81 +105,81 @@
   <si>
     <t>Jernbaner</t>
   </si>
   <si>
     <t>Drift og vedlikehold</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/utbygging-og-fornying-av-drammen-stasjon-506124845</t>
   </si>
   <si>
     <t>Utbygging og fornying av Drammen stasjon</t>
   </si>
   <si>
     <t>Drammen</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/snooverbygg-pa-bergensbanen-og-flamsbana-202404594-452904445</t>
   </si>
   <si>
     <t>Fornyelse av snøoverbygg på Bergensbanen og Flåmsbana (202404594)</t>
   </si>
   <si>
     <t>Finse</t>
   </si>
   <si>
     <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/oppgradering-av-melhus-og-ler-jernbanestasjoner-439476859</t>
   </si>
   <si>
     <t>Oppgradering av Melhus og Ler jernbanestasjoner</t>
   </si>
   <si>
     <t>Melhus</t>
   </si>
   <si>
     <t>Togstasjoner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ombygging</t>
   </si>
   <si>
     <t>Bid submitted</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/servicebygg-for-voss-stasjon-138525466</t>
   </si>
   <si>
     <t>Servicebygg for Voss stasjon</t>
   </si>
   <si>
     <t>Voss</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -630,154 +630,154 @@
       </c>
       <c r="L5">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6">
         <v>12</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>10</v>
       </c>
       <c r="M6">
         <v>13000000000</v>
       </c>
       <c r="N6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2026</v>
       </c>
       <c r="K7">
         <v>2030</v>
       </c>
       <c r="M7">
         <v>84000000</v>
       </c>
       <c r="N7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K8">
         <v>2028</v>
       </c>
       <c r="M8">
         <v>463000000</v>
       </c>
       <c r="N8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>46</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="H9" t="s">