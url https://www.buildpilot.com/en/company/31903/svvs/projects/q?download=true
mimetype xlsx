--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -87,84 +87,84 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/av-enebolig-med-tilbygg-og-anneks-flekkenveien-155-403032160</t>
   </si>
   <si>
     <t>Renovering av enebolig med tilbygg og anneks - Flekkenveien 155</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Tjøme</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Renovering</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/mbygging-og-ventilasjonsanlegg-pa-kjelsasveien-161-842490980</t>
   </si>
   <si>
     <t>Ombygging og ventilasjonsanlegg på Kjelsåsveien 161</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Fabrikker</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
+    <t>Prosjektering</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/en/project/oppforing-av-enebolig-rastastien-68-rastastien-68-901407132</t>
   </si>
   <si>
     <t>Oppføring av enebolig Rastastien 68 - Rastastien 68</t>
   </si>
   <si>
     <t>Rasta</t>
   </si>
   <si>
     <t>Nybygg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/v-enebolig-med-fasadeendringer-hans-haslums-vei-23-360294286</t>
   </si>
   <si>
     <t>Ombygging av enebolig med fasadeendringer - Hans Haslums vei 23</t>
   </si>
   <si>
     <t>Bekkestua</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -577,147 +577,159 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="P5">
-        <v>50</v>
+        <v>177</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
+      <c r="I7">
+        <v>2026</v>
+      </c>
+      <c r="J7">
+        <v>1</v>
+      </c>
       <c r="P7">
-        <v>341</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
+      <c r="I8">
+        <v>2026</v>
+      </c>
+      <c r="J8">
+        <v>1</v>
+      </c>
       <c r="P8">
-        <v>341</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>39</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
     </row>