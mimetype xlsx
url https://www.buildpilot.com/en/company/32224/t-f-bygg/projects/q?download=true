--- v0 (2025-10-14)
+++ v1 (2025-12-17)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/foring-av-enebolig-hospitsveien-30-hospitsveien-30-762209908</t>
   </si>
   <si>
     <t>Oppføring av enebolig, Hospitsveien 30 - Hospitsveien 30</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nybygg-enebolig-banebakken-11-banebakken-11-701000065</t>
   </si>
   <si>
     <t>Nybygg enebolig Banebakken 11 - Banebakken 11</t>
   </si>
   <si>
     <t>Nøtterøy</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/-av-enebolig-og-garasje-skoleveien-24-gbnr-129-259-518406984</t>
   </si>
   <si>
     <t>Nybygg av enebolig og garasje - Skoleveien 24 (Gbnr 129/259)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -619,72 +619,78 @@
         <v>253</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
+      <c r="P7">
+        <v>148</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
+      </c>
+      <c r="P8">
+        <v>148</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="P9">