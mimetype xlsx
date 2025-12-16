--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -111,51 +111,51 @@
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ng-av-egon-restaurant-pa-down-town-senter-200-2462-599360488</t>
   </si>
   <si>
     <t>Etablering av Egon Restaurant på Down Town Senter (200/2462)</t>
   </si>
   <si>
     <t>Restauranter</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/oppgradering-av-mats-og-husflidhallen-947445236</t>
   </si>
   <si>
     <t>Oppgradering av MATS og Husflidhallen</t>
   </si>
   <si>
     <t>Skien</t>
   </si>
   <si>
-    <t>Helsesentre</t>
+    <t>Psykiatriske institusjoner</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -644,95 +644,95 @@
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J7">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>604</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J8">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="K8">
         <v>2024</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>604</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">