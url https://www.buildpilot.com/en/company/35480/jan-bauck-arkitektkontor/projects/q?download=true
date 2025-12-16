--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -102,90 +102,90 @@
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/renovering-og-ombygging-bruksveien-82-257996822</t>
   </si>
   <si>
     <t>Renovering og ombygging - Bruksveien 82</t>
   </si>
   <si>
     <t>Snarøya</t>
   </si>
   <si>
+    <t>Garasjer</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/utvidelse-og-rehabilitering-av-trefoldighetskirken-976135347</t>
+  </si>
+  <si>
+    <t>Utvidelse og rehabilitering av Trefoldighetskirken</t>
+  </si>
+  <si>
+    <t>Religiøse bygg</t>
+  </si>
+  <si>
+    <t>Rehabilitering</t>
+  </si>
+  <si>
+    <t>Bygging</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/ring-og-innredning-av-kjeller-holmenkollveien-125q-941171779</t>
+  </si>
+  <si>
+    <t>Endring og innredning av kjeller - Holmenkollveien 125Q</t>
+  </si>
+  <si>
     <t>Eneboliger</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/en/project/utvidelse-og-rehabilitering-av-trefoldighetskirken-976135347</t>
-[...19 lines deleted...]
-  <si>
     <t>Transformasjon</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/alfaset-gravlund-ny-driftsbygning-117735898</t>
   </si>
   <si>
     <t>Alfaset Gravlund Ny Driftsbygning</t>
   </si>
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
     <t>Nybygg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>5 500 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -688,89 +688,89 @@
       </c>
       <c r="K7">
         <v>2026</v>
       </c>
       <c r="L7">
         <v>9</v>
       </c>
       <c r="P7">
         <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2025</v>
       </c>
       <c r="J9">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="M9">
         <v>19162400</v>
       </c>
       <c r="N9" t="s">
         <v>44</v>
       </c>
       <c r="P9">
         <v>3500</v>
       </c>
       <c r="Q9" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>