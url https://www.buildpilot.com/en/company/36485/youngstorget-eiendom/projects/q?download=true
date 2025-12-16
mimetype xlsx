--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -611,51 +611,51 @@
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7">
         <v>8</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P7">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>