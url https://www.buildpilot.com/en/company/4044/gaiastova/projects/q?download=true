--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="41">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining 0 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -133,53 +133,50 @@
     <t>https://www.buildpilot.com/en/project/nye-gaiastova-595646085</t>
   </si>
   <si>
     <t>Nye Gaiastova</t>
   </si>
   <si>
     <t>Kombinasjonsbygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>28 100 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/gaiastova-utbygging-pa-hafjell-581367482</t>
   </si>
   <si>
     <t>Gaiastova Utbygging på Hafjell</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bygging</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -705,51 +702,51 @@
       </c>
       <c r="Q8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="K9">
         <v>2021</v>
       </c>
       <c r="L9">
         <v>1</v>
       </c>
       <c r="M9">
         <v>38000000</v>
       </c>
       <c r="N9" t="s">
         <v>36</v>
       </c>
       <c r="O9" t="s">
         <v>37</v>
       </c>
       <c r="P9">
         <v>1350</v>
       </c>
       <c r="Q9" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>