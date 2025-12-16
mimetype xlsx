--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nytt-kombinasjonsbygg-for-stamas-as-876690978</t>
   </si>
   <si>
     <t>Nytt kombinasjonsbygg for Stamas AS</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Stavanger</t>
   </si>
   <si>
     <t>Fabrikker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Ferdig bygd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -535,51 +535,57 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="K5">
+        <v>2025</v>
+      </c>
+      <c r="L5">
+        <v>10</v>
       </c>
       <c r="P5">
         <v>12280</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>