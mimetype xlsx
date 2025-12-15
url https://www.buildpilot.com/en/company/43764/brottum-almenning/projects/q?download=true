--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/v-flermannsboliger-i-sjusjoparken-sjusjovegen-2002-944099192</t>
   </si>
   <si>
     <t>Nybygg av flermannsboliger i Sjusjøparken - Sjusjøvegen 2002</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Sjusjøen</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/va-anlegg-birkebeinerbakken-ost-trase-3-3-879691949</t>
   </si>
   <si>
     <t>VA-anlegg Birkebeinerbakken Øst (trase 3-3)</t>
   </si>
   <si>
     <t>Vannforsyningsanlegg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/rrbakken-ost-hyttefortetting-og-skiloyperegulering-379327135</t>
   </si>
   <si>
     <t>Birkebeinerrbakken Øst hyttefortetting og skiløyperegulering</t>
   </si>
   <si>
     <t>Hytter</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/aljregulering-kroksjolia-100-nye-hytter-2016120893-344431225</t>
   </si>