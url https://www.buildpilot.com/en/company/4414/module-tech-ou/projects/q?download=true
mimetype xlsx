--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/else-og-oppgradering-av-avfallsanlegget-i-breivika-836161951</t>
   </si>
   <si>
     <t>Utvidelse og oppgradering av avfallsanlegget i Breivika</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Tromsø</t>
   </si>
   <si>
     <t>Gjenvinningsstasjon</t>
   </si>
   <si>
     <t>Utvidelse</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/wexus-gruppen-equinor-boligprosjekt-586137820</t>
   </si>
   <si>
     <t>Wexus Gruppen Equinor Boligprosjekt</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -553,118 +553,127 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J5">
         <v>1</v>
+      </c>
+      <c r="P5">
+        <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J6">
         <v>1</v>
+      </c>
+      <c r="P6">
+        <v>175</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J7">
         <v>1</v>
+      </c>
+      <c r="P7">
+        <v>175</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="K8">