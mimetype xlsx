--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -105,63 +105,63 @@
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ny-enebolig-med-avkjorsel-kirkeveien-35-958420362</t>
   </si>
   <si>
     <t>Ny enebolig med avkjørsel - Kirkeveien 35</t>
   </si>
   <si>
     <t>Bodø</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
+    <t>Prosjektering</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/en/project/granittlia-kjedehus-pa-boligeiendom-46-1-20090012-230075072</t>
   </si>
   <si>
     <t>Granittlia - Kjedehus på boligeiendom 46/1 (20090012)</t>
   </si>
   <si>
     <t>Solbergelva</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
-  </si>
-[...1 lines deleted...]
-    <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/hansvoll-boligomrade-konsentrert-smahusbebyggelse-975077017</t>
   </si>
   <si>
     <t>Hansvoll boligområde - konsentrert småhusbebyggelse</t>
   </si>
   <si>
     <t>Storslett</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/sningssenter-og-aquakulturanlegg-utvidelse-2001602-897367021</t>
   </si>
   <si>
     <t>Horsvågen Visningssenter og Aquakulturanlegg Utvidelse (2001602)</t>
   </si>
   <si>
     <t>Skutvik</t>
   </si>
   <si>
     <t>Fiskeoppdrettsanlegg</t>
   </si>
 </sst>
 </file>
 
@@ -589,167 +589,167 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="K5">
         <v>2020</v>
       </c>
       <c r="L5">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="I6">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="P7">
         <v>3552</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="P8">
         <v>11100</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="P9">
         <v>912</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>