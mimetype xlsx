--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -87,72 +87,72 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nybygg-av-to-eneboliger-dorthes-vei-7-371665294</t>
   </si>
   <si>
     <t>Nybygg av to eneboliger - Dorthes vei 7</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/us-nedre-ullern-terrasse-nedre-ullern-terrasse-15a-387046283</t>
   </si>
   <si>
     <t>Nybygg rekkehus Nedre Ullern Terrasse - Nedre Ullern terrasse 15A</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ng-av-to-rekkehus-og-stoyskjerm-slemdalsveien-117e-602019933</t>
   </si>
   <si>
     <t>Oppføring av to rekkehus og støyskjerm - Slemdalsveien 117E</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/rive-og-bygge-to-rekkehus-slemdalsveien-117e-932871714</t>
   </si>
   <si>
     <t>Rive og bygge to rekkehus - Slemdalsveien 117E</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/oppforing-av-to-rekkehus-slemdalsveien-391863275</t>
   </si>
   <si>
     <t>Oppføring av to rekkehus - Slemdalsveien</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -635,115 +635,115 @@
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
       <c r="I7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>32</v>
       </c>
       <c r="I8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P8">
         <v>945</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>32</v>
       </c>
       <c r="I9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P9">
         <v>945</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>