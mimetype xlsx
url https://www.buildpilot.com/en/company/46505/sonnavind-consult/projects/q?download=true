--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ing-til-enebolig-m-fasadeendring-lilleakerveien-53-774250848</t>
   </si>
   <si>
     <t>Sammenslåing til enebolig m/ fasadeendring - Lilleakerveien 53</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/oppforing-av-boenhet-med-garasje-vestengsvingen-40-753507827</t>
   </si>
   <si>
     <t>Oppføring av boenhet med garasje - Vestengsvingen 40</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/dring-og-fasadeendring-enebolig-vestengsvingen-40b-133151570</t>
   </si>
   <si>
     <t>Bruksendring og fasadeendring enebolig - Vestengsvingen 40B</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ning-og-fasadeendring-flermannsbolig-akeroveien-3a-235918620</t>
   </si>
@@ -571,54 +571,54 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P5">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>29</v>
       </c>
       <c r="G6" t="s">
@@ -693,57 +693,57 @@
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="J9">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="P9">
-        <v>335</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>