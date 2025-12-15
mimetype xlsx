--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -626,63 +626,63 @@
       </c>
       <c r="L6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>200</v>
+        <v>182</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">