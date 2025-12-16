--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -652,50 +652,53 @@
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7">
         <v>2</v>
       </c>
+      <c r="P7">
+        <v>237</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>31</v>
       </c>
       <c r="G8" t="s">
         <v>40</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>