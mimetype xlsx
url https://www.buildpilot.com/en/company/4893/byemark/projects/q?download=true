--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -641,50 +641,53 @@
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6">
         <v>8</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>580000000</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
+      <c r="P6">
+        <v>0</v>
+      </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>