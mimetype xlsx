--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -81,51 +81,51 @@
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/the-whale-opplevelsessenter-262577852</t>
   </si>
   <si>
     <t>The Whale Opplevelsessenter</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Andenes</t>
   </si>
   <si>
-    <t>Kulturhus</t>
+    <t>Museer</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>19 700 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -547,51 +547,51 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K5">
         <v>2024</v>
       </c>
       <c r="M5">
         <v>75000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="P5">
         <v>3800</v>
       </c>
       <c r="Q5" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 