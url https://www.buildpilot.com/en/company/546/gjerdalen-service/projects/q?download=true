--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="38">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining -1 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -97,53 +97,50 @@
     <t>Kvartal 17 Lillehammer Utviklingsprosjekt</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Lillehammer</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
-  </si>
-[...1 lines deleted...]
-    <t>17 900 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/lbygg-og-terrasse-til-enebolig-biristrandvegen-312-996062794</t>
   </si>
   <si>
     <t>Tilbygg og terrasse til enebolig - Biristrandvegen 312</t>
   </si>
   <si>
     <t>Biristrand</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ny-driftsbygning-for-slaktegris-pa-hermanrud-gard-895309289</t>
   </si>
   <si>
     <t>Ny driftsbygning for slaktegris på Hermanrud gård</t>
   </si>
   <si>
     <t>Kapp</t>
   </si>
@@ -588,142 +585,136 @@
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2020</v>
       </c>
       <c r="K5">
         <v>2023</v>
       </c>
       <c r="M5">
         <v>170000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
-      <c r="P5">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
         <v>2023</v>
       </c>
       <c r="L6">
         <v>12</v>
       </c>
       <c r="P6">
-        <v>51</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="K7">
         <v>2022</v>
       </c>
       <c r="L7">
         <v>12</v>
       </c>
       <c r="P7">
         <v>1011</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="K8">
         <v>2022</v>
       </c>
       <c r="L8">
         <v>12</v>
       </c>
       <c r="P8">
         <v>1011</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>