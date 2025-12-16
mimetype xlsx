--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -87,75 +87,75 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/bruksendring-til-undervisning-i-5-og-6-etasje-589208264</t>
   </si>
   <si>
     <t>Bruksendring til undervisning i 5. og 6. etasje</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Transformasjon</t>
   </si>
   <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
+    <t>Awarded/contracted</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/bruksendring-og-fasadeendring-i-hausmanns-gate-33-167729007</t>
+  </si>
+  <si>
+    <t>Bruksendring og fasadeendring i Hausmanns gate 33</t>
+  </si>
+  <si>
+    <t>Boligblokker</t>
+  </si>
+  <si>
+    <t>Ombygging</t>
+  </si>
+  <si>
     <t>Prosjektering</t>
   </si>
   <si>
-    <t>Awarded/contracted</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/en/project/vogts-gate-47-utvidelse-193701075-586263983</t>
   </si>
   <si>
     <t>Vogts gate 47 Utvidelse (193701075)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ring-og-ombygging-av-flermannsbolig-vogts-gate-47a-617590815</t>
   </si>
   <si>
     <t>Bruksendring og ombygging av flermannsbolig - Vogts gate 47A</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/oring-av-2-etasje-til-hybel-nordahl-bruns-gate-22a-440643537</t>
   </si>
   <si>
     <t>Tilbakeføring av 2. etasje til hybel - Nordahl Bruns gate 22A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -573,171 +573,177 @@
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
+      <c r="K5">
+        <v>2025</v>
+      </c>
+      <c r="L5">
+        <v>10</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="P6">
-        <v>181</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2023</v>
       </c>
       <c r="J8">
         <v>2</v>
       </c>
       <c r="K8">
         <v>2023</v>
       </c>
       <c r="L8">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>36</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9">
         <v>10</v>
       </c>
       <c r="K9">
         <v>2022</v>
       </c>
       <c r="L9">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>