--- v0 (2025-10-19)
+++ v1 (2025-12-15)
@@ -656,51 +656,51 @@
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7">
         <v>9</v>
       </c>
       <c r="K7">
         <v>2026</v>
       </c>
       <c r="L7">
         <v>11</v>
       </c>
       <c r="P7">
-        <v>7</v>
+        <v>5627</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>