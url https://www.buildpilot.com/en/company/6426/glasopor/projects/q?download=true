--- v0 (2025-10-12)
+++ v1 (2025-12-15)
@@ -108,84 +108,84 @@
   <si>
     <t>Utvidelse</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/utbygging-og-fornying-av-drammen-stasjon-506124845</t>
   </si>
   <si>
     <t>Utbygging og fornying av Drammen stasjon</t>
   </si>
   <si>
     <t>Drammen</t>
   </si>
   <si>
     <t>Jernbaner</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Awarded/contracted</t>
+  </si>
+  <si>
+    <t>Hovedentreprise</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/rehabilitering-av-middelalderparken-i-klypen-958637780</t>
+  </si>
+  <si>
+    <t>Rehabilitering av Middelalderparken i Klypen</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>Idrettsanlegg</t>
+  </si>
+  <si>
+    <t>Ombygging</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/utvidelse-av-videregaende-skole-i-skedsmo-295229944</t>
+  </si>
+  <si>
+    <t>Utvidelse av videregående skole i Skedsmo</t>
+  </si>
+  <si>
+    <t>Lillestrøm</t>
+  </si>
+  <si>
+    <t>Videregående skoler</t>
+  </si>
+  <si>
     <t>Bygging</t>
-  </si>
-[...31 lines deleted...]
-    <t>Videregående skoler</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>56 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/e16-slomarka-kongsvinger-firefeltsutbygging-411589692</t>
   </si>
   <si>
     <t>E16 Slomarka-Kongsvinger Firefeltsutbygging</t>
   </si>
   <si>
     <t>Skarnes</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -642,195 +642,195 @@
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6">
         <v>12</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>10</v>
       </c>
       <c r="M6">
         <v>13000000000</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I7">
         <v>2022</v>
       </c>
       <c r="J7">
         <v>11</v>
       </c>
       <c r="K7">
         <v>2023</v>
       </c>
       <c r="L7">
         <v>12</v>
       </c>
       <c r="M7">
         <v>140000000</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8">
         <v>10</v>
       </c>
       <c r="K8">
         <v>2027</v>
       </c>
       <c r="M8">
         <v>560000000</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>44</v>
       </c>
       <c r="P8">
         <v>10000</v>
       </c>
       <c r="Q8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="M9">
         <v>2650000000</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>