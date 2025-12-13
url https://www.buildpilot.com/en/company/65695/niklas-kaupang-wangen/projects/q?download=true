--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -552,159 +552,174 @@
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="K5">
         <v>2024</v>
       </c>
       <c r="L5">
         <v>10</v>
       </c>
+      <c r="P5">
+        <v>79</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="L6">
         <v>10</v>
       </c>
+      <c r="P6">
+        <v>79</v>
+      </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>10</v>
       </c>
+      <c r="P7">
+        <v>79</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>29</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
+      <c r="P8">
+        <v>119</v>
+      </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
+      </c>
+      <c r="P9">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>