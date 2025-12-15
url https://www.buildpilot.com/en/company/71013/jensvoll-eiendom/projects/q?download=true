--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -87,78 +87,78 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nybygg-av-to-tomannsboliger-jensvollveien-708788566</t>
   </si>
   <si>
     <t>Nybygg av to tomannsboliger - Jensvollveien</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Bodø</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Prosjektering</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/lldalen-utbygging-med-okt-byggehoyde-i-b10-2014015-412107595</t>
+  </si>
+  <si>
+    <t>Jensvolldalen Utbygging med Økt Byggehøyde i B10 (2014015)</t>
+  </si>
+  <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/en/project/lldalen-utbygging-med-okt-byggehoyde-i-b10-2014015-412107595</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/en/project/boligbygg-med-75-leiligheter-i-felt-b6-og-b10-313969329</t>
   </si>
   <si>
     <t>Boligbygg med 75 leiligheter i felt B6 og B10</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/grunnarbeid-og-va-for-felt-b5-b6-og-b10-904614313</t>
   </si>
   <si>
     <t>Grunnarbeid og VA for felt B5, B6 og B10</t>
   </si>
   <si>
     <t>Gravearbeider</t>
-  </si>
-[...1 lines deleted...]
-    <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/boligblokker-i-6-etasjer-med-uteomrader-531977790</t>
   </si>
   <si>
     <t>Boligblokker i 6 etasjer med uteområder</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -565,155 +565,161 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>6</v>
+        <v>1</v>
+      </c>
+      <c r="P5">
+        <v>431</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I6">
         <v>2021</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I7">
         <v>2021</v>
       </c>
       <c r="J7">
         <v>6</v>
+      </c>
+      <c r="P7">
+        <v>2631</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9">
         <v>7</v>
       </c>
       <c r="K9">
         <v>2020</v>
       </c>
       <c r="L9">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>