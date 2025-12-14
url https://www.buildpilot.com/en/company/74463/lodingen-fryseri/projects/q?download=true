--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/riving-av-bygg-for-sentrum-torg-og-parkering-406960518</t>
   </si>
   <si>
     <t>Riving av bygg for sentrum, torg og parkering</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Lødingen</t>
   </si>
   <si>
     <t>Gravearbeider</t>
   </si>
   <si>
     <t>Riving</t>
   </si>
   <si>
-    <t>Tidlig planlegging</t>
+    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/riving-av-odds-bilverksted-pa-rodholmen-877882333</t>
   </si>
   <si>
     <t>Riving av Odds bilverksted på Rødholmen</t>
   </si>
   <si>
     <t>Fabrikker</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -540,50 +540,56 @@
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
+      <c r="K5">
+        <v>2025</v>
+      </c>
+      <c r="L5">
+        <v>7</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>