--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -87,87 +87,87 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nybygg-hytter-ovre-skalmyrvegen-79b-hafjell-sor-962435285</t>
   </si>
   <si>
     <t>Nybygg hytter, Øvre Skålmyrvegen 79B, Hafjell Sør</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Øyer</t>
   </si>
   <si>
     <t>Hytter</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
+    <t>Awarded/contracted</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/v-hytter-ovre-skalmyrvegen-tingberg-kongsvegen-325-766446730</t>
+  </si>
+  <si>
+    <t>Nybygg av hytter Øvre Skålmyrvegen - Tingberg, Kongsvegen 325</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/en/project/bygg-av-eneboliger-pa-kares-vei-26a-langbolgen-2-b-844269815</t>
+  </si>
+  <si>
+    <t>Nybygg av eneboliger på Kåres vei 26A - Langbølgen 2 B</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>Eneboliger</t>
+  </si>
+  <si>
     <t>Bygging</t>
   </si>
   <si>
-    <t>Awarded/contracted</t>
-[...19 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/en/project/1-borettslag-moderne-leiligheter-i-nesbyen-nesbyen-313211809</t>
   </si>
   <si>
     <t>Kirkevegen 1 borettslag - moderne leiligheter i Nesbyen (Nesbyen)</t>
   </si>
   <si>
     <t>Nesbyen</t>
   </si>
   <si>
     <t>Boligblokker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/-av-15-eneboliger-sydskogen-hanna-jacobsens-vei-52-637573876</t>
   </si>
   <si>
     <t>Nybygg av 15 eneboliger Sydskogen - Hanna Jacobsens vei 52</t>
   </si>
   <si>
     <t>Moss</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -659,133 +659,133 @@
       </c>
       <c r="P6">
         <v>214</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>31</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7">
         <v>5</v>
       </c>
       <c r="K7">
         <v>2026</v>
       </c>
       <c r="L7">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2023</v>
       </c>
       <c r="J8">
         <v>6</v>
       </c>
       <c r="K8">
         <v>2024</v>
       </c>
       <c r="L8">
         <v>8</v>
       </c>
       <c r="O8" t="s">
         <v>38</v>
       </c>
       <c r="P8">
         <v>632</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2025</v>
       </c>
       <c r="J9">
         <v>2</v>
       </c>
       <c r="K9">
         <v>2025</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="P9">
         <v>145</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>