--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/nybygg-eierleilighet-nydalsenga-trinn-1-nydalsenga-977931995</t>
   </si>
   <si>
     <t>Nybygg eierleilighet Nydalsenga Trinn 1 - Nydalsenga</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Furnes</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/gg-flermannsbolig-i-floten-vik-sentrumsgata-35-vik-692908109</t>
   </si>
   <si>
     <t>Nybygg Flermannsbolig i Floten, Vik - Sentrumsgata 35 (Vik)</t>
   </si>
   <si>
     <t>Vik I Sogn</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>