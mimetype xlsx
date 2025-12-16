--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -105,51 +105,51 @@
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/ed-ny-leilighet-og-garasje-pa-enebolig-krokstien-9-462325655</t>
   </si>
   <si>
     <t>Tilbygg med ny leilighet og garasje på enebolig - Krokstien 9</t>
   </si>
   <si>
     <t>Trondheim</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/mbygging-og-tekniske-installasjoner-trondheim-torg-660501866</t>
   </si>
   <si>
     <t>Ombygging og tekniske installasjoner Trondheim Torg</t>
   </si>
   <si>
     <t>Kjøpesenter</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -570,113 +570,119 @@
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="K5">
         <v>2025</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
+      <c r="P5">
+        <v>264</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
+      <c r="P6">
+        <v>264</v>
+      </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
       </c>
       <c r="F8" t="s">
         <v>35</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
     </row>