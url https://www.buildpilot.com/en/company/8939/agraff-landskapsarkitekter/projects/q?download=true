--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/hommelvik-stasjonsby-bolig-og-sentrumsutvikling-646423660</t>
   </si>
   <si>
     <t>Hommelvik Stasjonsby - Bolig og Sentrumsutvikling</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Hommelvik</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Prosjektering</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>