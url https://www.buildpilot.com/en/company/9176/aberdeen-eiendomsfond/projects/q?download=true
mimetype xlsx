--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -84,63 +84,63 @@
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/itering-og-modernisering-ved-karenslyst-alle-12-14-834805704</t>
   </si>
   <si>
     <t>Rehabilitering og Modernisering ved Karenslyst Allé 12-14</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
-    <t>Ombygging</t>
+    <t>Rehabilitering</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>16 300 NOK/kvm</t>
+    <t>14 900 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/videlse-med-boliger-og-handel-mattias-skytters-vei-155610566</t>
   </si>
   <si>
     <t>Mosenteret Utvidelse med Boliger og Handel, Mattias Skytters vei</t>
   </si>
   <si>
     <t>Nittedal</t>
   </si>
   <si>
     <t>Kjøpesenter</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -565,66 +565,66 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
         <v>2021</v>
       </c>
       <c r="J5">
         <v>5</v>
       </c>
       <c r="K5">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="L5">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="M5">
         <v>239000000</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>27</v>
       </c>
       <c r="P5">
-        <v>14635</v>
+        <v>16000</v>
       </c>
       <c r="Q5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">