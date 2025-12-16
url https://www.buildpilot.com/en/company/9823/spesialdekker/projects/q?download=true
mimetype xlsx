--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -69,96 +69,96 @@
   <si>
     <t>start_month</t>
   </si>
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/en/project/overdalen-parkeringshus-og-studentboliger-i-gjovik-780767247</t>
-[...2 lines deleted...]
-    <t>Røverdalen Parkeringshus og Studentboliger i Gjøvik</t>
+    <t>https://www.buildpilot.com/en/project/tudentboliger-og-parkeringshus-i-roverdalen-gjovik-780767247</t>
+  </si>
+  <si>
+    <t>Studentboliger og Parkeringshus i Røverdalen, Gjøvik</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Gjøvik</t>
   </si>
   <si>
     <t>Kombinasjonsbygg</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>46 200 NOK/kvm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/en/project/farverikvartalet-utviklingsprosjekt-bbb1-179071697</t>
-[...2 lines deleted...]
-    <t>Farverikvartalet Utviklingsprosjekt BBB1</t>
+    <t>https://www.buildpilot.com/en/project/byggetrinn-1-hus-ab-179071697</t>
+  </si>
+  <si>
+    <t>Farverikvartalet - Byggetrinn 1 - Hus A+B</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
-    <t>198 900 NOK/kvm</t>
+    <t>28 200 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/rv3-25-loten-elverum-veiutviklingsprosjekt-970316732</t>
   </si>
   <si>
     <t>Rv3/25 Løten-Elverum OPS Veiprosjekt Utbygging</t>
   </si>
   <si>
     <t>Løten</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
   <si>
     <t>Offentleg-Privat Samarbeid (OPS)</t>
   </si>
   <si>
     <t>3 200 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/e6-oyer-tretten-vei-og-tunneloppgradering-473241937</t>
   </si>
   <si>
     <t>E6 Øyer-Tretten Oppgraderingsprosjekt</t>
   </si>
@@ -489,51 +489,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/overdalen-parkeringshus-og-studentboliger-i-gjovik-780767247" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/farverikvartalet-utviklingsprosjekt-bbb1-179071697" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/rv3-25-loten-elverum-veiutviklingsprosjekt-970316732" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/e6-oyer-tretten-vei-og-tunneloppgradering-473241937" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/tudentboliger-og-parkeringshus-i-roverdalen-gjovik-780767247" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/byggetrinn-1-hus-ab-179071697" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/rv3-25-loten-elverum-veiutviklingsprosjekt-970316732" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/en/project/e6-oyer-tretten-vei-og-tunneloppgradering-473241937" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -589,125 +589,119 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J5">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="K5">
         <v>2026</v>
       </c>
       <c r="L5">
         <v>8</v>
       </c>
       <c r="M5">
         <v>320000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>6928</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>2022</v>
       </c>
       <c r="K6">
         <v>2023</v>
       </c>
-      <c r="L6">
-[...1 lines deleted...]
-      </c>
       <c r="M6">
         <v>175000000</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>880</v>
+        <v>6200</v>
       </c>
       <c r="Q6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">