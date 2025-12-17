--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/stiklestad-national-cultural-centre-redevelopment-719145330</t>
   </si>
   <si>
     <t>Stiklestad National Cultural Centre Redevelopment</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Verdal</t>
   </si>
   <si>
     <t>Kulturhus</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Awarded/contracted</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/en/project/strandgaten-197-rehabilitering-til-rettsbygg-507373653</t>
   </si>
   <si>
     <t>Strandgaten 197 Rehabilitering til Rettsbygg</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Rettsbygninger</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>